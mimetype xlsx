--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -1,755 +1,1060 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jhson\OneDrive\바탕 화면\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\windows\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A5401D8B-C196-4C14-A2D5-30CCFC8417BB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{70BA1C15-C798-496D-9305-BFB7337E979F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{555D6524-8ECA-4286-AD91-05B33C39CD02}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{F0D65FF1-16DE-4E85-9E72-90B1505402D2}"/>
   </bookViews>
   <sheets>
-    <sheet name="토요 일정표(최종)" sheetId="1" r:id="rId1"/>
+    <sheet name="토요 원본" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'토요 일정표(최종)'!$A$1:$N$96</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'토요 원본'!$A$1:$O$101</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="585" uniqueCount="69">
-[...2 lines deleted...]
-    <phoneticPr fontId="2" type="noConversion"/>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="566" uniqueCount="79">
+  <si>
+    <t xml:space="preserve">■ 2026년도 드림S 토요 블루리그 일정표 </t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>드레곤즈</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>레드제이스</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>에이서즈</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>x</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>인피니트</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>매니아</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>윌로우</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>익스펜더블</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>카리타스</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>세컨윈드</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>블루마린즈</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>월</t>
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>일</t>
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>구장</t>
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>Time</t>
-    <phoneticPr fontId="2" type="noConversion"/>
-[...15 lines deleted...]
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>드림 9:00</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>드림 11:30</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>드림 14:00</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>청라야친</t>
   </si>
   <si>
-    <t>KS이글스</t>
+    <t>외인구단</t>
+  </si>
+  <si>
+    <t>리스펙트</t>
+  </si>
+  <si>
+    <t>오션스</t>
+  </si>
+  <si>
+    <t>슬러거즈</t>
+  </si>
+  <si>
+    <t>대건</t>
+  </si>
+  <si>
+    <t>어처구니</t>
+  </si>
+  <si>
+    <t>다크나이츠</t>
+  </si>
+  <si>
+    <t>블루타이거즈</t>
+  </si>
+  <si>
+    <t>플레이트스페이스</t>
+  </si>
+  <si>
+    <t>블럭버스터즈</t>
+  </si>
+  <si>
+    <t>매니아</t>
+  </si>
+  <si>
+    <t>팀청라야친</t>
+  </si>
+  <si>
+    <t>슈퍼스타</t>
+  </si>
+  <si>
+    <t>인천스포츠재단</t>
+  </si>
+  <si>
+    <t>10s</t>
+  </si>
+  <si>
+    <t>아주조아</t>
+  </si>
+  <si>
+    <t>올투게더</t>
+  </si>
+  <si>
+    <t>에이플러스</t>
+  </si>
+  <si>
+    <t>청라이페즈</t>
+  </si>
+  <si>
+    <t>더블플레이</t>
+  </si>
+  <si>
+    <t>골든모션스</t>
+  </si>
+  <si>
+    <t>허리케인</t>
+  </si>
+  <si>
+    <t>애인</t>
+  </si>
+  <si>
+    <t>블랙맘바</t>
   </si>
   <si>
     <t>마뷸러스</t>
   </si>
   <si>
-    <t>다크나이츠</t>
-[...26 lines deleted...]
-    <t>대건</t>
+    <t>청천야구단</t>
   </si>
   <si>
     <t>파이어폭스</t>
   </si>
   <si>
-    <t>애인</t>
-[...29 lines deleted...]
-    <phoneticPr fontId="2" type="noConversion"/>
+    <t>엔테우스</t>
+  </si>
+  <si>
+    <t>인키라</t>
+  </si>
+  <si>
+    <t>올플레이어</t>
+  </si>
+  <si>
+    <t>엘더스</t>
+  </si>
+  <si>
+    <t>롱런</t>
+  </si>
+  <si>
+    <t>블루파워</t>
+  </si>
+  <si>
+    <t xml:space="preserve">드림 8:00 </t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>드림 10:30</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> / 공촌 09:30</t>
+      <t xml:space="preserve"> </t>
     </r>
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>드림 13:00</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> / 공촌 12:00</t>
+      <t xml:space="preserve"> </t>
     </r>
-    <phoneticPr fontId="2" type="noConversion"/>
-[...18 lines deleted...]
-    <t>청개구리</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="맑은 고딕"/>
+        <family val="3"/>
+        <charset val="129"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>드림 15:30</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="맑은 고딕"/>
+        <family val="3"/>
+        <charset val="129"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>포인트</t>
+  </si>
+  <si>
+    <t>오토보이즈</t>
+  </si>
+  <si>
+    <t>엘더스</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>애인</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>다크나이츠</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>드림 7:00</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="맑은 고딕"/>
+        <family val="3"/>
+        <charset val="129"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>드림 9:30</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="맑은 고딕"/>
+        <family val="3"/>
+        <charset val="129"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="맑은 고딕"/>
+        <family val="3"/>
+        <charset val="129"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>드림 12:00</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="맑은 고딕"/>
+        <family val="3"/>
+        <charset val="129"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="맑은 고딕"/>
+        <family val="3"/>
+        <charset val="129"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>드림 14:30</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="맑은 고딕"/>
+        <family val="3"/>
+        <charset val="129"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>드림 17:00</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>롱런</t>
-  </si>
-[...88 lines deleted...]
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>드림 7:30</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> / 공촌 07:00</t>
     </r>
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>드림 10:00</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> / 공촌 09:30</t>
     </r>
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>드림 12:30</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> / 공촌 12:00</t>
     </r>
-    <phoneticPr fontId="2" type="noConversion"/>
-[...3 lines deleted...]
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">드림 15:00 / </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="맑은 고딕"/>
+        <family val="3"/>
+        <charset val="129"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>공촌14:30</t>
+    </r>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>공촌</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>공촌</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>드림 9:00</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> / 공촌 07:00</t>
     </r>
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>드림 11:30</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> / 공촌 09:00</t>
+      <t xml:space="preserve"> / 공촌 09:30</t>
     </r>
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t>드림 14:00</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> / 공촌 12:00</t>
     </r>
-    <phoneticPr fontId="2" type="noConversion"/>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>공촌14:30</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="12">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="맑은 고딕"/>
+      <family val="2"/>
+      <charset val="129"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="8"/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
+      <charset val="129"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="맑은 고딕"/>
+      <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...29 lines deleted...]
-    <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
+      <name val="맑은 고딕"/>
+      <family val="3"/>
+      <charset val="129"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor rgb="FFFFFF99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.39997558519241921"/>
-[...5 lines deleted...]
-        <fgColor theme="9" tint="0.79998168889431442"/>
+        <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="0.59999389629810485"/>
-[...11 lines deleted...]
-        <fgColor theme="5" tint="0.79998168889431442"/>
+        <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="111">
+  <borders count="125">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="medium">
-[...11 lines deleted...]
-      </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
@@ -773,968 +1078,867 @@
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...373 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="hair">
         <color indexed="64"/>
       </right>
-      <top style="medium">
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="hair">
-[...61 lines deleted...]
-      </left>
+      <left/>
       <right style="hair">
-        <color indexed="64"/>
-[...13 lines deleted...]
-      <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="hair">
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="hair">
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="hair">
-[...13 lines deleted...]
-      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="hair">
+      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top/>
-[...9 lines deleted...]
-      </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...25 lines deleted...]
-      <bottom/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right/>
-[...38 lines deleted...]
-      <left/>
       <right style="medium">
-        <color indexed="64"/>
-[...11 lines deleted...]
-      <right style="hair">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="hair">
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...23 lines deleted...]
-      <left style="thin">
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top/>
-[...95 lines deleted...]
-      <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
-      <right style="medium">
-[...5 lines deleted...]
-      </bottom>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
@@ -1754,1313 +1958,1376 @@
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
       <right style="hair">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color indexed="64"/>
       </top>
-      <bottom style="hair">
-[...5 lines deleted...]
-      <left/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
       <right style="hair">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="hair">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right style="hair">
         <color indexed="64"/>
       </right>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="hair">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top/>
       <bottom style="hair">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="hair">
-[...27 lines deleted...]
-      <left style="hair">
+      <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="hair">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...88 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...107 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="314">
+  <cellXfs count="295">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="20" fontId="4" fillId="3" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...47 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="5" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...209 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="6" fillId="6" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="6" fillId="6" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="6" fillId="6" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="5" fillId="6" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="34" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="5" fillId="6" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="5" fillId="6" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="5" fillId="6" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="51" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="64" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="69" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="73" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="6" fillId="6" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="8" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="82" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="5" fillId="6" borderId="78" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="5" fillId="6" borderId="87" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="5" fillId="6" borderId="88" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="6" fillId="6" borderId="87" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="6" fillId="6" borderId="89" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="5" fillId="2" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="20" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="95" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="8" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...362 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="98" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="103" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="104" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="9" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="108" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="111" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="91" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="95" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
-[...146 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="7" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="112" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="113" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="114" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="115" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="116" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="117" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="118" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="119" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="120" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="101" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="103" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="104" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="122" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="120" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="120" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="123" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="124" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="표준" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 테마">
@@ -3340,3640 +3607,3309 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4710B79C-14FC-4642-8DB5-EFDDF0DC234D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{33639B88-98E4-44A2-8AE7-54944562A960}">
   <sheetPr>
-    <tabColor rgb="FF00B050"/>
+    <tabColor theme="4" tint="0.59999389629810485"/>
   </sheetPr>
-  <dimension ref="A1:AC111"/>
+  <dimension ref="A1:Q110"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="89" zoomScaleNormal="89" workbookViewId="0">
-      <selection activeCell="W89" sqref="W89"/>
+    <sheetView tabSelected="1" zoomScale="93" zoomScaleNormal="93" workbookViewId="0">
+      <selection activeCell="O17" sqref="O17"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="16.5"/>
+  <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3.125" style="3" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="31" max="16384" width="9" style="3"/>
+    <col min="1" max="1" width="3.125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="4.25" style="3" customWidth="1"/>
+    <col min="3" max="4" width="4.625" style="3" customWidth="1"/>
+    <col min="5" max="14" width="12.5" style="3" customWidth="1"/>
+    <col min="15" max="15" width="12.5" style="1" customWidth="1"/>
+    <col min="16" max="23" width="3.75" style="1" customWidth="1"/>
+    <col min="24" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:18" ht="33" customHeight="1" thickBot="1">
-      <c r="B1" s="1" t="s">
+    <row r="1" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="2:18" ht="16.5" customHeight="1">
-      <c r="B2" s="4" t="s">
+    <row r="2" spans="1:17" ht="4.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="E2" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="5" t="s">
+    </row>
+    <row r="3" spans="1:17" ht="17.25" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B3" s="4">
+        <v>10</v>
+      </c>
+      <c r="C3" s="5">
+        <v>18</v>
+      </c>
+      <c r="D3" s="6">
         <v>2</v>
       </c>
-      <c r="D2" s="6" t="s">
+      <c r="E3" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="F3" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="7" t="s">
+      <c r="G3" s="9" t="s">
         <v>4</v>
       </c>
-      <c r="F2" s="8"/>
-[...13 lines deleted...]
-      <c r="E3" s="15" t="s">
+      <c r="H3" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="I3" s="11"/>
+      <c r="J3" s="12"/>
+      <c r="K3" s="13"/>
+      <c r="L3" s="14"/>
+      <c r="M3" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="16"/>
-      <c r="G3" s="17" t="s">
+      <c r="N3" s="16"/>
+    </row>
+    <row r="4" spans="1:17" ht="17.25" hidden="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B4" s="17"/>
+      <c r="C4" s="18"/>
+      <c r="D4" s="19">
+        <v>3</v>
+      </c>
+      <c r="E4" s="20" t="s">
         <v>6</v>
       </c>
-      <c r="H3" s="18"/>
-      <c r="I3" s="17" t="s">
+      <c r="F4" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="J3" s="18"/>
-      <c r="K3" s="17" t="s">
+      <c r="G4" s="22" t="s">
+        <v>6</v>
+      </c>
+      <c r="H4" s="23" t="s">
         <v>8</v>
       </c>
-      <c r="L3" s="19"/>
-[...4 lines deleted...]
-      <c r="B4" s="20">
+      <c r="I4" s="22" t="s">
+        <v>9</v>
+      </c>
+      <c r="J4" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="K4" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="L4" s="23" t="s">
+        <v>12</v>
+      </c>
+      <c r="M4" s="24"/>
+      <c r="N4" s="25"/>
+    </row>
+    <row r="5" spans="1:17" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="1"/>
+      <c r="B5" s="26" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="F5" s="30"/>
+      <c r="G5" s="30"/>
+      <c r="H5" s="30"/>
+      <c r="I5" s="30"/>
+      <c r="J5" s="30"/>
+      <c r="K5" s="30"/>
+      <c r="L5" s="31"/>
+      <c r="M5" s="32"/>
+      <c r="N5" s="33"/>
+      <c r="O5" s="34"/>
+    </row>
+    <row r="6" spans="1:17" s="3" customFormat="1" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="1"/>
+      <c r="B6" s="35"/>
+      <c r="C6" s="36"/>
+      <c r="D6" s="37"/>
+      <c r="E6" s="38" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="38"/>
+      <c r="G6" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="H6" s="40"/>
+      <c r="I6" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="J6" s="40"/>
+      <c r="K6" s="41"/>
+      <c r="L6" s="41"/>
+      <c r="M6" s="32"/>
+      <c r="N6" s="33"/>
+      <c r="O6" s="34"/>
+      <c r="Q6" s="42"/>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="B7" s="43">
         <v>2</v>
       </c>
-      <c r="C4" s="21">
+      <c r="C7" s="44">
+        <v>7</v>
+      </c>
+      <c r="D7" s="45">
+        <v>2</v>
+      </c>
+      <c r="E7" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" s="46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" s="47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7" s="47" t="s">
+        <v>23</v>
+      </c>
+      <c r="I7" s="47" t="s">
+        <v>24</v>
+      </c>
+      <c r="J7" s="47" t="s">
+        <v>25</v>
+      </c>
+      <c r="K7" s="48"/>
+      <c r="L7" s="49"/>
+      <c r="M7" s="50"/>
+      <c r="N7" s="50"/>
+      <c r="Q7" s="42"/>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="B8" s="51"/>
+      <c r="C8" s="18"/>
+      <c r="D8" s="52">
+        <v>3</v>
+      </c>
+      <c r="E8" s="53" t="s">
+        <v>26</v>
+      </c>
+      <c r="F8" s="53" t="s">
+        <v>27</v>
+      </c>
+      <c r="G8" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="H8" s="54" t="s">
+        <v>29</v>
+      </c>
+      <c r="I8" s="55" t="s">
+        <v>30</v>
+      </c>
+      <c r="J8" s="55" t="s">
+        <v>31</v>
+      </c>
+      <c r="K8" s="56"/>
+      <c r="L8" s="57"/>
+      <c r="M8" s="50"/>
+      <c r="N8" s="50"/>
+      <c r="Q8" s="42"/>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="B9" s="51"/>
+      <c r="C9" s="44">
+        <v>21</v>
+      </c>
+      <c r="D9" s="45">
+        <v>2</v>
+      </c>
+      <c r="E9" s="58" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" s="58" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9" s="47" t="s">
+        <v>35</v>
+      </c>
+      <c r="I9" s="46" t="s">
+        <v>36</v>
+      </c>
+      <c r="J9" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="K9" s="59"/>
+      <c r="L9" s="60"/>
+      <c r="M9" s="50"/>
+      <c r="Q9" s="42"/>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="B10" s="51"/>
+      <c r="C10" s="61"/>
+      <c r="D10" s="62">
+        <v>3</v>
+      </c>
+      <c r="E10" s="63" t="s">
+        <v>38</v>
+      </c>
+      <c r="F10" s="55" t="s">
+        <v>39</v>
+      </c>
+      <c r="G10" s="64" t="s">
+        <v>40</v>
+      </c>
+      <c r="H10" s="64" t="s">
+        <v>41</v>
+      </c>
+      <c r="I10" s="53" t="s">
+        <v>42</v>
+      </c>
+      <c r="J10" s="53" t="s">
+        <v>43</v>
+      </c>
+      <c r="K10" s="56"/>
+      <c r="L10" s="57"/>
+      <c r="M10" s="50"/>
+      <c r="Q10" s="42"/>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="B11" s="51"/>
+      <c r="C11" s="44">
+        <v>28</v>
+      </c>
+      <c r="D11" s="45">
+        <v>2</v>
+      </c>
+      <c r="E11" s="65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" s="46" t="s">
+        <v>31</v>
+      </c>
+      <c r="G11" s="66" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11" s="66" t="s">
+        <v>45</v>
+      </c>
+      <c r="I11" s="67" t="s">
+        <v>46</v>
+      </c>
+      <c r="J11" s="67" t="s">
+        <v>47</v>
+      </c>
+      <c r="K11" s="59"/>
+      <c r="L11" s="60"/>
+      <c r="Q11" s="42"/>
+    </row>
+    <row r="12" spans="1:17" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="68"/>
+      <c r="C12" s="18"/>
+      <c r="D12" s="52">
+        <v>3</v>
+      </c>
+      <c r="E12" s="69" t="s">
+        <v>48</v>
+      </c>
+      <c r="F12" s="70" t="s">
+        <v>49</v>
+      </c>
+      <c r="G12" s="70" t="s">
+        <v>50</v>
+      </c>
+      <c r="H12" s="70" t="s">
+        <v>51</v>
+      </c>
+      <c r="I12" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="J12" s="53" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" s="71"/>
+      <c r="L12" s="72"/>
+      <c r="M12" s="50"/>
+      <c r="Q12" s="42"/>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="B13" s="26" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="27" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="F13" s="30"/>
+      <c r="G13" s="30"/>
+      <c r="H13" s="30"/>
+      <c r="I13" s="30"/>
+      <c r="J13" s="30"/>
+      <c r="K13" s="30"/>
+      <c r="L13" s="31"/>
+      <c r="M13" s="73"/>
+      <c r="N13" s="50"/>
+      <c r="O13" s="34"/>
+      <c r="Q13" s="42"/>
+    </row>
+    <row r="14" spans="1:17" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B14" s="35"/>
+      <c r="C14" s="36"/>
+      <c r="D14" s="37"/>
+      <c r="E14" s="38" t="s">
+        <v>54</v>
+      </c>
+      <c r="F14" s="41"/>
+      <c r="G14" s="74" t="s">
+        <v>55</v>
+      </c>
+      <c r="H14" s="75"/>
+      <c r="I14" s="74" t="s">
+        <v>56</v>
+      </c>
+      <c r="J14" s="75"/>
+      <c r="K14" s="74" t="s">
+        <v>57</v>
+      </c>
+      <c r="L14" s="76"/>
+      <c r="M14" s="73"/>
+      <c r="N14" s="50"/>
+      <c r="O14" s="34"/>
+      <c r="Q14" s="42"/>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="B15" s="77">
+        <v>3</v>
+      </c>
+      <c r="C15" s="5">
+        <v>7</v>
+      </c>
+      <c r="D15" s="78">
+        <v>2</v>
+      </c>
+      <c r="E15" s="79" t="s">
+        <v>58</v>
+      </c>
+      <c r="F15" s="80" t="s">
+        <v>59</v>
+      </c>
+      <c r="G15" s="81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15" s="81" t="s">
+        <v>29</v>
+      </c>
+      <c r="I15" s="82" t="s">
+        <v>28</v>
+      </c>
+      <c r="J15" s="81" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="L15" s="84" t="s">
+        <v>53</v>
+      </c>
+      <c r="O15" s="34"/>
+      <c r="Q15" s="42"/>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="B16" s="85"/>
+      <c r="C16" s="18"/>
+      <c r="D16" s="52">
+        <v>3</v>
+      </c>
+      <c r="E16" s="53" t="s">
+        <v>40</v>
+      </c>
+      <c r="F16" s="86" t="s">
+        <v>45</v>
+      </c>
+      <c r="G16" s="54" t="s">
+        <v>23</v>
+      </c>
+      <c r="H16" s="54" t="s">
+        <v>25</v>
+      </c>
+      <c r="I16" s="87" t="s">
+        <v>26</v>
+      </c>
+      <c r="J16" s="53" t="s">
+        <v>41</v>
+      </c>
+      <c r="K16" s="55" t="s">
+        <v>21</v>
+      </c>
+      <c r="L16" s="88" t="s">
+        <v>37</v>
+      </c>
+      <c r="M16" s="1"/>
+      <c r="Q16" s="42"/>
+    </row>
+    <row r="17" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B17" s="85"/>
+      <c r="C17" s="44">
+        <v>14</v>
+      </c>
+      <c r="D17" s="45">
+        <v>2</v>
+      </c>
+      <c r="E17" s="89"/>
+      <c r="F17" s="90"/>
+      <c r="G17" s="91"/>
+      <c r="H17" s="92"/>
+      <c r="I17" s="93" t="s">
+        <v>42</v>
+      </c>
+      <c r="J17" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="K17" s="94" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" s="95" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" s="34"/>
+      <c r="Q17" s="42"/>
+    </row>
+    <row r="18" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B18" s="85"/>
+      <c r="C18" s="18"/>
+      <c r="D18" s="96">
+        <v>3</v>
+      </c>
+      <c r="E18" s="53" t="s">
+        <v>48</v>
+      </c>
+      <c r="F18" s="86" t="s">
+        <v>50</v>
+      </c>
+      <c r="G18" s="58" t="s">
+        <v>32</v>
+      </c>
+      <c r="H18" s="58" t="s">
+        <v>47</v>
+      </c>
+      <c r="I18" s="97" t="s">
+        <v>30</v>
+      </c>
+      <c r="J18" s="55" t="s">
+        <v>39</v>
+      </c>
+      <c r="K18" s="54" t="s">
+        <v>58</v>
+      </c>
+      <c r="L18" s="98" t="s">
+        <v>46</v>
+      </c>
+      <c r="O18" s="34"/>
+      <c r="Q18" s="42"/>
+    </row>
+    <row r="19" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B19" s="85"/>
+      <c r="C19" s="44">
+        <v>21</v>
+      </c>
+      <c r="D19" s="45">
+        <v>2</v>
+      </c>
+      <c r="E19" s="58" t="s">
+        <v>29</v>
+      </c>
+      <c r="F19" s="99" t="s">
+        <v>35</v>
+      </c>
+      <c r="G19" s="46" t="s">
+        <v>21</v>
+      </c>
+      <c r="H19" s="46" t="s">
+        <v>38</v>
+      </c>
+      <c r="I19" s="100" t="s">
+        <v>24</v>
+      </c>
+      <c r="J19" s="47" t="s">
+        <v>33</v>
+      </c>
+      <c r="K19" s="47" t="s">
+        <v>22</v>
+      </c>
+      <c r="L19" s="101" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q19" s="42"/>
+    </row>
+    <row r="20" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B20" s="85"/>
+      <c r="C20" s="18"/>
+      <c r="D20" s="96">
+        <v>3</v>
+      </c>
+      <c r="E20" s="53" t="s">
+        <v>44</v>
+      </c>
+      <c r="F20" s="86" t="s">
+        <v>49</v>
+      </c>
+      <c r="G20" s="55" t="s">
+        <v>31</v>
+      </c>
+      <c r="H20" s="55" t="s">
+        <v>39</v>
+      </c>
+      <c r="I20" s="102" t="s">
+        <v>34</v>
+      </c>
+      <c r="J20" s="54" t="s">
+        <v>59</v>
+      </c>
+      <c r="K20" s="64" t="s">
+        <v>52</v>
+      </c>
+      <c r="L20" s="103" t="s">
+        <v>43</v>
+      </c>
+      <c r="M20" s="104"/>
+      <c r="Q20" s="42"/>
+    </row>
+    <row r="21" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B21" s="85"/>
+      <c r="C21" s="44">
+        <v>28</v>
+      </c>
+      <c r="D21" s="45">
+        <v>2</v>
+      </c>
+      <c r="E21" s="105" t="s">
+        <v>41</v>
+      </c>
+      <c r="F21" s="106" t="s">
+        <v>45</v>
+      </c>
+      <c r="G21" s="47" t="s">
+        <v>23</v>
+      </c>
+      <c r="H21" s="47" t="s">
+        <v>33</v>
+      </c>
+      <c r="I21" s="107" t="s">
+        <v>27</v>
+      </c>
+      <c r="J21" s="64" t="s">
+        <v>60</v>
+      </c>
+      <c r="K21" s="66" t="s">
+        <v>26</v>
+      </c>
+      <c r="L21" s="108" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q21" s="42"/>
+    </row>
+    <row r="22" spans="2:17" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="109"/>
+      <c r="C22" s="110"/>
+      <c r="D22" s="111">
+        <v>3</v>
+      </c>
+      <c r="E22" s="112" t="s">
+        <v>28</v>
+      </c>
+      <c r="F22" s="113" t="s">
+        <v>59</v>
+      </c>
+      <c r="G22" s="114" t="s">
+        <v>30</v>
+      </c>
+      <c r="H22" s="114" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="115" t="s">
+        <v>20</v>
+      </c>
+      <c r="J22" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="K22" s="116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" s="117" t="s">
+        <v>47</v>
+      </c>
+      <c r="Q22" s="42"/>
+    </row>
+    <row r="23" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B23" s="85">
+        <v>4</v>
+      </c>
+      <c r="C23" s="18">
+        <v>4</v>
+      </c>
+      <c r="D23" s="118">
+        <v>2</v>
+      </c>
+      <c r="E23" s="119" t="s">
+        <v>22</v>
+      </c>
+      <c r="F23" s="81" t="s">
+        <v>35</v>
+      </c>
+      <c r="G23" s="83" t="s">
+        <v>40</v>
+      </c>
+      <c r="H23" s="83" t="s">
+        <v>49</v>
+      </c>
+      <c r="I23" s="83" t="s">
+        <v>52</v>
+      </c>
+      <c r="J23" s="83" t="s">
+        <v>51</v>
+      </c>
+      <c r="K23" s="120" t="s">
+        <v>20</v>
+      </c>
+      <c r="L23" s="121" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q23" s="42"/>
+    </row>
+    <row r="24" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B24" s="85"/>
+      <c r="C24" s="18"/>
+      <c r="D24" s="52">
+        <v>3</v>
+      </c>
+      <c r="E24" s="122" t="s">
+        <v>25</v>
+      </c>
+      <c r="F24" s="54" t="s">
+        <v>33</v>
+      </c>
+      <c r="G24" s="53" t="s">
+        <v>42</v>
+      </c>
+      <c r="H24" s="53" t="s">
+        <v>48</v>
+      </c>
+      <c r="I24" s="53" t="s">
+        <v>44</v>
+      </c>
+      <c r="J24" s="53" t="s">
+        <v>50</v>
+      </c>
+      <c r="K24" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24" s="88" t="s">
+        <v>38</v>
+      </c>
+      <c r="M24" s="123"/>
+      <c r="Q24" s="42"/>
+    </row>
+    <row r="25" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B25" s="85"/>
+      <c r="C25" s="44">
+        <v>11</v>
+      </c>
+      <c r="D25" s="45">
+        <v>2</v>
+      </c>
+      <c r="E25" s="89"/>
+      <c r="F25" s="92"/>
+      <c r="G25" s="91"/>
+      <c r="H25" s="92"/>
+      <c r="I25" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="J25" s="47" t="s">
+        <v>46</v>
+      </c>
+      <c r="K25" s="66" t="s">
+        <v>53</v>
+      </c>
+      <c r="L25" s="108" t="s">
+        <v>43</v>
+      </c>
+      <c r="M25" s="123"/>
+      <c r="Q25" s="42"/>
+    </row>
+    <row r="26" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B26" s="85"/>
+      <c r="C26" s="18"/>
+      <c r="D26" s="62">
+        <v>3</v>
+      </c>
+      <c r="E26" s="122" t="s">
+        <v>29</v>
+      </c>
+      <c r="F26" s="54" t="s">
+        <v>59</v>
+      </c>
+      <c r="G26" s="54" t="s">
+        <v>32</v>
+      </c>
+      <c r="H26" s="54" t="s">
+        <v>58</v>
+      </c>
+      <c r="I26" s="53" t="s">
+        <v>26</v>
+      </c>
+      <c r="J26" s="53" t="s">
+        <v>45</v>
+      </c>
+      <c r="K26" s="53" t="s">
+        <v>41</v>
+      </c>
+      <c r="L26" s="124" t="s">
+        <v>49</v>
+      </c>
+      <c r="M26" s="123"/>
+      <c r="N26" s="123"/>
+      <c r="Q26" s="42"/>
+    </row>
+    <row r="27" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B27" s="85"/>
+      <c r="C27" s="44">
+        <v>18</v>
+      </c>
+      <c r="D27" s="118">
+        <v>2</v>
+      </c>
+      <c r="E27" s="65" t="s">
+        <v>31</v>
+      </c>
+      <c r="F27" s="46" t="s">
+        <v>36</v>
+      </c>
+      <c r="G27" s="47" t="s">
+        <v>23</v>
+      </c>
+      <c r="H27" s="47" t="s">
+        <v>47</v>
+      </c>
+      <c r="I27" s="47" t="s">
+        <v>24</v>
+      </c>
+      <c r="J27" s="47" t="s">
+        <v>58</v>
+      </c>
+      <c r="K27" s="47" t="s">
+        <v>28</v>
+      </c>
+      <c r="L27" s="101" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q27" s="42"/>
+    </row>
+    <row r="28" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B28" s="85"/>
+      <c r="C28" s="18"/>
+      <c r="D28" s="62">
+        <v>3</v>
+      </c>
+      <c r="E28" s="125" t="s">
+        <v>27</v>
+      </c>
+      <c r="F28" s="86" t="s">
+        <v>61</v>
+      </c>
+      <c r="G28" s="55" t="s">
+        <v>21</v>
+      </c>
+      <c r="H28" s="55" t="s">
+        <v>30</v>
+      </c>
+      <c r="I28" s="102" t="s">
+        <v>34</v>
+      </c>
+      <c r="J28" s="54" t="s">
+        <v>32</v>
+      </c>
+      <c r="K28" s="53" t="s">
+        <v>40</v>
+      </c>
+      <c r="L28" s="124" t="s">
+        <v>50</v>
+      </c>
+      <c r="O28" s="34"/>
+      <c r="Q28" s="42"/>
+    </row>
+    <row r="29" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B29" s="85"/>
+      <c r="C29" s="44">
+        <v>25</v>
+      </c>
+      <c r="D29" s="118">
+        <v>2</v>
+      </c>
+      <c r="E29" s="105" t="s">
+        <v>62</v>
+      </c>
+      <c r="F29" s="106" t="s">
+        <v>48</v>
+      </c>
+      <c r="G29" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="H29" s="46" t="s">
+        <v>38</v>
+      </c>
+      <c r="I29" s="100" t="s">
+        <v>25</v>
+      </c>
+      <c r="J29" s="47" t="s">
+        <v>47</v>
+      </c>
+      <c r="K29" s="66" t="s">
+        <v>53</v>
+      </c>
+      <c r="L29" s="108" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q29" s="42"/>
+    </row>
+    <row r="30" spans="2:17" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="109"/>
+      <c r="C30" s="110"/>
+      <c r="D30" s="111">
+        <v>3</v>
+      </c>
+      <c r="E30" s="112" t="s">
+        <v>35</v>
+      </c>
+      <c r="F30" s="113" t="s">
+        <v>59</v>
+      </c>
+      <c r="G30" s="116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30" s="116" t="s">
+        <v>33</v>
+      </c>
+      <c r="I30" s="126" t="s">
+        <v>44</v>
+      </c>
+      <c r="J30" s="70" t="s">
+        <v>42</v>
+      </c>
+      <c r="K30" s="114" t="s">
+        <v>39</v>
+      </c>
+      <c r="L30" s="127" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q30" s="42"/>
+    </row>
+    <row r="31" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B31" s="128" t="s">
+        <v>13</v>
+      </c>
+      <c r="C31" s="129" t="s">
+        <v>14</v>
+      </c>
+      <c r="D31" s="130" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="131" t="s">
+        <v>16</v>
+      </c>
+      <c r="F31" s="132"/>
+      <c r="G31" s="132"/>
+      <c r="H31" s="132"/>
+      <c r="I31" s="132"/>
+      <c r="J31" s="132"/>
+      <c r="K31" s="132"/>
+      <c r="L31" s="132"/>
+      <c r="M31" s="30"/>
+      <c r="N31" s="31"/>
+      <c r="O31" s="34"/>
+      <c r="Q31" s="42"/>
+    </row>
+    <row r="32" spans="2:17" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="35"/>
+      <c r="C32" s="36"/>
+      <c r="D32" s="37"/>
+      <c r="E32" s="133" t="s">
+        <v>63</v>
+      </c>
+      <c r="F32" s="41"/>
+      <c r="G32" s="74" t="s">
+        <v>64</v>
+      </c>
+      <c r="H32" s="75"/>
+      <c r="I32" s="74" t="s">
+        <v>65</v>
+      </c>
+      <c r="J32" s="75"/>
+      <c r="K32" s="74" t="s">
+        <v>66</v>
+      </c>
+      <c r="L32" s="41"/>
+      <c r="M32" s="39" t="s">
+        <v>67</v>
+      </c>
+      <c r="N32" s="76"/>
+      <c r="O32" s="34"/>
+      <c r="Q32" s="42"/>
+    </row>
+    <row r="33" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B33" s="134" t="s">
+        <v>1</v>
+      </c>
+      <c r="C33" s="5">
+        <v>2</v>
+      </c>
+      <c r="D33" s="78">
+        <v>2</v>
+      </c>
+      <c r="E33" s="135" t="s">
+        <v>45</v>
+      </c>
+      <c r="F33" s="136" t="s">
+        <v>49</v>
+      </c>
+      <c r="G33" s="120" t="s">
+        <v>31</v>
+      </c>
+      <c r="H33" s="120" t="s">
+        <v>21</v>
+      </c>
+      <c r="I33" s="83" t="s">
+        <v>41</v>
+      </c>
+      <c r="J33" s="83" t="s">
+        <v>50</v>
+      </c>
+      <c r="K33" s="137" t="s">
+        <v>40</v>
+      </c>
+      <c r="L33" s="83" t="s">
+        <v>42</v>
+      </c>
+      <c r="M33" s="120" t="s">
+        <v>37</v>
+      </c>
+      <c r="N33" s="121" t="s">
+        <v>30</v>
+      </c>
+      <c r="O33" s="34"/>
+      <c r="Q33" s="42"/>
+    </row>
+    <row r="34" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B34" s="138"/>
+      <c r="C34" s="61"/>
+      <c r="D34" s="62">
+        <v>3</v>
+      </c>
+      <c r="E34" s="54" t="s">
+        <v>23</v>
+      </c>
+      <c r="F34" s="139" t="s">
+        <v>58</v>
+      </c>
+      <c r="G34" s="58" t="s">
+        <v>28</v>
+      </c>
+      <c r="H34" s="58" t="s">
+        <v>32</v>
+      </c>
+      <c r="I34" s="54" t="s">
+        <v>24</v>
+      </c>
+      <c r="J34" s="54" t="s">
+        <v>34</v>
+      </c>
+      <c r="K34" s="87" t="s">
+        <v>26</v>
+      </c>
+      <c r="L34" s="53" t="s">
+        <v>43</v>
+      </c>
+      <c r="M34" s="54" t="s">
+        <v>29</v>
+      </c>
+      <c r="N34" s="98" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q34" s="42"/>
+    </row>
+    <row r="35" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B35" s="138"/>
+      <c r="C35" s="44">
+        <v>9</v>
+      </c>
+      <c r="D35" s="45">
+        <v>2</v>
+      </c>
+      <c r="E35" s="89"/>
+      <c r="F35" s="90"/>
+      <c r="G35" s="91"/>
+      <c r="H35" s="92"/>
+      <c r="I35" s="66" t="s">
+        <v>43</v>
+      </c>
+      <c r="J35" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="K35" s="140" t="s">
+        <v>20</v>
+      </c>
+      <c r="L35" s="46" t="s">
+        <v>36</v>
+      </c>
+      <c r="M35" s="47" t="s">
+        <v>35</v>
+      </c>
+      <c r="N35" s="101" t="s">
+        <v>46</v>
+      </c>
+      <c r="O35" s="34"/>
+      <c r="Q35" s="42"/>
+    </row>
+    <row r="36" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B36" s="138"/>
+      <c r="C36" s="18"/>
+      <c r="D36" s="52">
+        <v>3</v>
+      </c>
+      <c r="E36" s="125" t="s">
+        <v>68</v>
+      </c>
+      <c r="F36" s="86" t="s">
+        <v>48</v>
+      </c>
+      <c r="G36" s="54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36" s="54" t="s">
+        <v>59</v>
+      </c>
+      <c r="I36" s="55" t="s">
+        <v>38</v>
+      </c>
+      <c r="J36" s="55" t="s">
+        <v>30</v>
+      </c>
+      <c r="K36" s="102" t="s">
+        <v>33</v>
+      </c>
+      <c r="L36" s="54" t="s">
+        <v>47</v>
+      </c>
+      <c r="M36" s="53" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" s="124" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q36" s="42"/>
+    </row>
+    <row r="37" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B37" s="141">
+        <v>5</v>
+      </c>
+      <c r="C37" s="44">
+        <v>16</v>
+      </c>
+      <c r="D37" s="45">
+        <v>2</v>
+      </c>
+      <c r="E37" s="105" t="s">
+        <v>53</v>
+      </c>
+      <c r="F37" s="106" t="s">
+        <v>48</v>
+      </c>
+      <c r="G37" s="58" t="s">
+        <v>29</v>
+      </c>
+      <c r="H37" s="58" t="s">
+        <v>32</v>
+      </c>
+      <c r="I37" s="47" t="s">
+        <v>23</v>
+      </c>
+      <c r="J37" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="K37" s="100" t="s">
+        <v>25</v>
+      </c>
+      <c r="L37" s="142" t="s">
+        <v>58</v>
+      </c>
+      <c r="M37" s="66" t="s">
+        <v>52</v>
+      </c>
+      <c r="N37" s="108" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q37" s="42"/>
+    </row>
+    <row r="38" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B38" s="138"/>
+      <c r="C38" s="18"/>
+      <c r="D38" s="96">
+        <v>3</v>
+      </c>
+      <c r="E38" s="125" t="s">
+        <v>45</v>
+      </c>
+      <c r="F38" s="86" t="s">
+        <v>50</v>
+      </c>
+      <c r="G38" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="H38" s="54" t="s">
+        <v>24</v>
+      </c>
+      <c r="I38" s="94" t="s">
+        <v>39</v>
+      </c>
+      <c r="J38" s="94" t="s">
+        <v>21</v>
+      </c>
+      <c r="K38" s="87" t="s">
+        <v>41</v>
+      </c>
+      <c r="L38" s="53" t="s">
+        <v>42</v>
+      </c>
+      <c r="M38" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="N38" s="88" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q38" s="42"/>
+    </row>
+    <row r="39" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B39" s="138"/>
+      <c r="C39" s="44">
+        <v>23</v>
+      </c>
+      <c r="D39" s="45">
+        <v>2</v>
+      </c>
+      <c r="E39" s="105" t="s">
+        <v>27</v>
+      </c>
+      <c r="F39" s="106" t="s">
+        <v>44</v>
+      </c>
+      <c r="G39" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="H39" s="46" t="s">
+        <v>30</v>
+      </c>
+      <c r="I39" s="64" t="s">
+        <v>26</v>
+      </c>
+      <c r="J39" s="64" t="s">
+        <v>51</v>
+      </c>
+      <c r="K39" s="100" t="s">
+        <v>59</v>
+      </c>
+      <c r="L39" s="47" t="s">
+        <v>46</v>
+      </c>
+      <c r="M39" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="N39" s="108" t="s">
+        <v>50</v>
+      </c>
+      <c r="Q39" s="42"/>
+    </row>
+    <row r="40" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B40" s="138"/>
+      <c r="C40" s="18"/>
+      <c r="D40" s="52">
+        <v>3</v>
+      </c>
+      <c r="E40" s="125" t="s">
+        <v>43</v>
+      </c>
+      <c r="F40" s="86" t="s">
+        <v>48</v>
+      </c>
+      <c r="G40" s="55" t="s">
+        <v>36</v>
+      </c>
+      <c r="H40" s="55" t="s">
+        <v>21</v>
+      </c>
+      <c r="I40" s="58" t="s">
+        <v>22</v>
+      </c>
+      <c r="J40" s="58" t="s">
+        <v>47</v>
+      </c>
+      <c r="K40" s="87" t="s">
+        <v>40</v>
+      </c>
+      <c r="L40" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="M40" s="54" t="s">
+        <v>33</v>
+      </c>
+      <c r="N40" s="98" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q40" s="42"/>
+    </row>
+    <row r="41" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B41" s="141"/>
+      <c r="C41" s="44">
+        <v>30</v>
+      </c>
+      <c r="D41" s="45">
+        <v>2</v>
+      </c>
+      <c r="E41" s="143" t="s">
+        <v>38</v>
+      </c>
+      <c r="F41" s="144" t="s">
+        <v>31</v>
+      </c>
+      <c r="G41" s="46" t="s">
+        <v>39</v>
+      </c>
+      <c r="H41" s="46" t="s">
+        <v>37</v>
+      </c>
+      <c r="I41" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="J41" s="47" t="s">
+        <v>24</v>
+      </c>
+      <c r="K41" s="66" t="s">
+        <v>45</v>
+      </c>
+      <c r="L41" s="66" t="s">
+        <v>42</v>
+      </c>
+      <c r="M41" s="66" t="s">
+        <v>41</v>
+      </c>
+      <c r="N41" s="108" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q41" s="42"/>
+    </row>
+    <row r="42" spans="2:17" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="145"/>
+      <c r="C42" s="110"/>
+      <c r="D42" s="111">
+        <v>3</v>
+      </c>
+      <c r="E42" s="69" t="s">
+        <v>27</v>
+      </c>
+      <c r="F42" s="146" t="s">
+        <v>40</v>
+      </c>
+      <c r="G42" s="116" t="s">
+        <v>35</v>
+      </c>
+      <c r="H42" s="116" t="s">
+        <v>32</v>
+      </c>
+      <c r="I42" s="116" t="s">
+        <v>25</v>
+      </c>
+      <c r="J42" s="116" t="s">
+        <v>34</v>
+      </c>
+      <c r="K42" s="126" t="s">
+        <v>53</v>
+      </c>
+      <c r="L42" s="70" t="s">
+        <v>44</v>
+      </c>
+      <c r="M42" s="116" t="s">
+        <v>23</v>
+      </c>
+      <c r="N42" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q42" s="42"/>
+    </row>
+    <row r="43" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B43" s="147"/>
+      <c r="C43" s="5">
+        <v>6</v>
+      </c>
+      <c r="D43" s="78">
+        <v>2</v>
+      </c>
+      <c r="E43" s="119" t="s">
+        <v>59</v>
+      </c>
+      <c r="F43" s="81" t="s">
+        <v>32</v>
+      </c>
+      <c r="G43" s="120" t="s">
+        <v>20</v>
+      </c>
+      <c r="H43" s="148" t="s">
+        <v>21</v>
+      </c>
+      <c r="I43" s="83" t="s">
+        <v>51</v>
+      </c>
+      <c r="J43" s="83" t="s">
+        <v>48</v>
+      </c>
+      <c r="K43" s="149" t="s">
+        <v>36</v>
+      </c>
+      <c r="L43" s="120" t="s">
+        <v>37</v>
+      </c>
+      <c r="M43" s="81" t="s">
+        <v>22</v>
+      </c>
+      <c r="N43" s="150" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q43" s="42"/>
+    </row>
+    <row r="44" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B44" s="141"/>
+      <c r="C44" s="61"/>
+      <c r="D44" s="62">
+        <v>3</v>
+      </c>
+      <c r="E44" s="63" t="s">
+        <v>38</v>
+      </c>
+      <c r="F44" s="151" t="s">
+        <v>39</v>
+      </c>
+      <c r="G44" s="54" t="s">
+        <v>47</v>
+      </c>
+      <c r="H44" s="54" t="s">
+        <v>58</v>
+      </c>
+      <c r="I44" s="53" t="s">
+        <v>26</v>
+      </c>
+      <c r="J44" s="53" t="s">
+        <v>50</v>
+      </c>
+      <c r="K44" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="L44" s="53" t="s">
+        <v>42</v>
+      </c>
+      <c r="M44" s="97" t="s">
+        <v>30</v>
+      </c>
+      <c r="N44" s="88" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q44" s="42"/>
+    </row>
+    <row r="45" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B45" s="85">
+        <v>6</v>
+      </c>
+      <c r="C45" s="152">
+        <v>13</v>
+      </c>
+      <c r="D45" s="118">
+        <v>2</v>
+      </c>
+      <c r="E45" s="105" t="s">
+        <v>45</v>
+      </c>
+      <c r="F45" s="106" t="s">
+        <v>52</v>
+      </c>
+      <c r="G45" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="H45" s="46" t="s">
+        <v>31</v>
+      </c>
+      <c r="I45" s="47" t="s">
+        <v>33</v>
+      </c>
+      <c r="J45" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="K45" s="66" t="s">
+        <v>53</v>
+      </c>
+      <c r="L45" s="66" t="s">
+        <v>40</v>
+      </c>
+      <c r="M45" s="153" t="s">
+        <v>35</v>
+      </c>
+      <c r="N45" s="154" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q45" s="42"/>
+    </row>
+    <row r="46" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B46" s="85"/>
+      <c r="C46" s="18"/>
+      <c r="D46" s="96">
+        <v>3</v>
+      </c>
+      <c r="E46" s="125" t="s">
+        <v>41</v>
+      </c>
+      <c r="F46" s="86" t="s">
+        <v>27</v>
+      </c>
+      <c r="G46" s="64" t="s">
+        <v>43</v>
+      </c>
+      <c r="H46" s="64" t="s">
+        <v>44</v>
+      </c>
+      <c r="I46" s="58" t="s">
+        <v>25</v>
+      </c>
+      <c r="J46" s="58" t="s">
+        <v>28</v>
+      </c>
+      <c r="K46" s="54" t="s">
+        <v>29</v>
+      </c>
+      <c r="L46" s="54" t="s">
+        <v>23</v>
+      </c>
+      <c r="M46" s="97" t="s">
+        <v>21</v>
+      </c>
+      <c r="N46" s="88" t="s">
+        <v>37</v>
+      </c>
+      <c r="O46" s="34"/>
+      <c r="Q46" s="42"/>
+    </row>
+    <row r="47" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B47" s="85"/>
+      <c r="C47" s="155">
+        <v>20</v>
+      </c>
+      <c r="D47" s="45">
+        <v>2</v>
+      </c>
+      <c r="E47" s="105" t="s">
+        <v>26</v>
+      </c>
+      <c r="F47" s="106" t="s">
+        <v>48</v>
+      </c>
+      <c r="G47" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="H47" s="66" t="s">
+        <v>44</v>
+      </c>
+      <c r="I47" s="47" t="s">
+        <v>47</v>
+      </c>
+      <c r="J47" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="K47" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="L47" s="64" t="s">
+        <v>42</v>
+      </c>
+      <c r="M47" s="100" t="s">
+        <v>46</v>
+      </c>
+      <c r="N47" s="101" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q47" s="42"/>
+    </row>
+    <row r="48" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B48" s="85"/>
+      <c r="C48" s="156"/>
+      <c r="D48" s="62">
+        <v>3</v>
+      </c>
+      <c r="E48" s="63" t="s">
+        <v>30</v>
+      </c>
+      <c r="F48" s="151" t="s">
+        <v>39</v>
+      </c>
+      <c r="G48" s="58" t="s">
+        <v>33</v>
+      </c>
+      <c r="H48" s="58" t="s">
+        <v>28</v>
+      </c>
+      <c r="I48" s="54" t="s">
+        <v>59</v>
+      </c>
+      <c r="J48" s="54" t="s">
+        <v>24</v>
+      </c>
+      <c r="K48" s="55" t="s">
+        <v>36</v>
+      </c>
+      <c r="L48" s="55" t="s">
+        <v>38</v>
+      </c>
+      <c r="M48" s="102" t="s">
+        <v>22</v>
+      </c>
+      <c r="N48" s="98" t="s">
+        <v>58</v>
+      </c>
+      <c r="Q48" s="42"/>
+    </row>
+    <row r="49" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B49" s="85"/>
+      <c r="C49" s="44">
+        <v>27</v>
+      </c>
+      <c r="D49" s="45">
+        <v>2</v>
+      </c>
+      <c r="E49" s="157" t="s">
+        <v>47</v>
+      </c>
+      <c r="F49" s="142" t="s">
+        <v>28</v>
+      </c>
+      <c r="G49" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="H49" s="66" t="s">
+        <v>52</v>
+      </c>
+      <c r="I49" s="64" t="s">
+        <v>53</v>
+      </c>
+      <c r="J49" s="64" t="s">
+        <v>41</v>
+      </c>
+      <c r="K49" s="66" t="s">
+        <v>43</v>
+      </c>
+      <c r="L49" s="66" t="s">
+        <v>40</v>
+      </c>
+      <c r="M49" s="153" t="s">
+        <v>35</v>
+      </c>
+      <c r="N49" s="154" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q49" s="42"/>
+    </row>
+    <row r="50" spans="2:17" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B50" s="109"/>
+      <c r="C50" s="110"/>
+      <c r="D50" s="111">
+        <v>3</v>
+      </c>
+      <c r="E50" s="69" t="s">
+        <v>45</v>
+      </c>
+      <c r="F50" s="146" t="s">
+        <v>27</v>
+      </c>
+      <c r="G50" s="114" t="s">
+        <v>20</v>
+      </c>
+      <c r="H50" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="I50" s="116" t="s">
+        <v>58</v>
+      </c>
+      <c r="J50" s="116" t="s">
+        <v>34</v>
+      </c>
+      <c r="K50" s="114" t="s">
+        <v>31</v>
+      </c>
+      <c r="L50" s="114" t="s">
+        <v>39</v>
+      </c>
+      <c r="M50" s="158" t="s">
+        <v>25</v>
+      </c>
+      <c r="N50" s="117" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="51" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B51" s="77">
+        <v>7</v>
+      </c>
+      <c r="C51" s="159">
+        <v>4</v>
+      </c>
+      <c r="D51" s="78">
+        <v>2</v>
+      </c>
+      <c r="E51" s="160" t="s">
+        <v>21</v>
+      </c>
+      <c r="F51" s="148" t="s">
+        <v>38</v>
+      </c>
+      <c r="G51" s="81" t="s">
+        <v>59</v>
+      </c>
+      <c r="H51" s="81" t="s">
+        <v>23</v>
+      </c>
+      <c r="I51" s="64" t="s">
+        <v>51</v>
+      </c>
+      <c r="J51" s="64" t="s">
+        <v>40</v>
+      </c>
+      <c r="K51" s="81" t="s">
+        <v>35</v>
+      </c>
+      <c r="L51" s="81" t="s">
+        <v>25</v>
+      </c>
+      <c r="M51" s="82" t="s">
+        <v>33</v>
+      </c>
+      <c r="N51" s="150" t="s">
+        <v>29</v>
+      </c>
+      <c r="O51" s="34"/>
+    </row>
+    <row r="52" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B52" s="85"/>
+      <c r="C52" s="161"/>
+      <c r="D52" s="96">
+        <v>3</v>
+      </c>
+      <c r="E52" s="122" t="s">
+        <v>22</v>
+      </c>
+      <c r="F52" s="139" t="s">
+        <v>32</v>
+      </c>
+      <c r="G52" s="53" t="s">
+        <v>48</v>
+      </c>
+      <c r="H52" s="53" t="s">
+        <v>44</v>
+      </c>
+      <c r="I52" s="64" t="s">
+        <v>26</v>
+      </c>
+      <c r="J52" s="64" t="s">
+        <v>42</v>
+      </c>
+      <c r="K52" s="55" t="s">
+        <v>30</v>
+      </c>
+      <c r="L52" s="55" t="s">
+        <v>36</v>
+      </c>
+      <c r="M52" s="102" t="s">
+        <v>46</v>
+      </c>
+      <c r="N52" s="98" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q52" s="42"/>
+    </row>
+    <row r="53" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B53" s="85"/>
+      <c r="C53" s="44">
+        <v>11</v>
+      </c>
+      <c r="D53" s="45">
+        <v>2</v>
+      </c>
+      <c r="E53" s="65" t="s">
+        <v>21</v>
+      </c>
+      <c r="F53" s="162" t="s">
+        <v>30</v>
+      </c>
+      <c r="G53" s="58" t="s">
+        <v>32</v>
+      </c>
+      <c r="H53" s="58" t="s">
+        <v>24</v>
+      </c>
+      <c r="I53" s="47" t="s">
+        <v>22</v>
+      </c>
+      <c r="J53" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="K53" s="66" t="s">
+        <v>50</v>
+      </c>
+      <c r="L53" s="66" t="s">
+        <v>52</v>
+      </c>
+      <c r="M53" s="100" t="s">
+        <v>58</v>
+      </c>
+      <c r="N53" s="101" t="s">
+        <v>28</v>
+      </c>
+      <c r="O53" s="34"/>
+    </row>
+    <row r="54" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B54" s="85"/>
+      <c r="C54" s="18"/>
+      <c r="D54" s="96">
+        <v>3</v>
+      </c>
+      <c r="E54" s="125" t="s">
+        <v>49</v>
+      </c>
+      <c r="F54" s="86" t="s">
+        <v>27</v>
+      </c>
+      <c r="G54" s="53" t="s">
+        <v>45</v>
+      </c>
+      <c r="H54" s="53" t="s">
+        <v>53</v>
+      </c>
+      <c r="I54" s="64" t="s">
+        <v>43</v>
+      </c>
+      <c r="J54" s="64" t="s">
+        <v>41</v>
+      </c>
+      <c r="K54" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="L54" s="55" t="s">
+        <v>38</v>
+      </c>
+      <c r="M54" s="87" t="s">
+        <v>26</v>
+      </c>
+      <c r="N54" s="124" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="55" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B55" s="85"/>
+      <c r="C55" s="155">
+        <v>18</v>
+      </c>
+      <c r="D55" s="45">
+        <v>2</v>
+      </c>
+      <c r="E55" s="157" t="s">
+        <v>59</v>
+      </c>
+      <c r="F55" s="142" t="s">
+        <v>25</v>
+      </c>
+      <c r="G55" s="66" t="s">
+        <v>50</v>
+      </c>
+      <c r="H55" s="66" t="s">
+        <v>27</v>
+      </c>
+      <c r="I55" s="66" t="s">
+        <v>42</v>
+      </c>
+      <c r="J55" s="66" t="s">
+        <v>52</v>
+      </c>
+      <c r="K55" s="46" t="s">
+        <v>31</v>
+      </c>
+      <c r="L55" s="46" t="s">
+        <v>36</v>
+      </c>
+      <c r="M55" s="100" t="s">
+        <v>46</v>
+      </c>
+      <c r="N55" s="101" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="56" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B56" s="85"/>
+      <c r="C56" s="156"/>
+      <c r="D56" s="62">
+        <v>3</v>
+      </c>
+      <c r="E56" s="125" t="s">
+        <v>48</v>
+      </c>
+      <c r="F56" s="86" t="s">
+        <v>40</v>
+      </c>
+      <c r="G56" s="53" t="s">
+        <v>51</v>
+      </c>
+      <c r="H56" s="53" t="s">
+        <v>41</v>
+      </c>
+      <c r="I56" s="54" t="s">
+        <v>47</v>
+      </c>
+      <c r="J56" s="54" t="s">
+        <v>29</v>
+      </c>
+      <c r="K56" s="54" t="s">
+        <v>33</v>
+      </c>
+      <c r="L56" s="54" t="s">
+        <v>35</v>
+      </c>
+      <c r="M56" s="97" t="s">
+        <v>20</v>
+      </c>
+      <c r="N56" s="88" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q56" s="42"/>
+    </row>
+    <row r="57" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B57" s="85"/>
+      <c r="C57" s="18">
+        <v>25</v>
+      </c>
+      <c r="D57" s="118">
+        <v>2</v>
+      </c>
+      <c r="E57" s="47" t="s">
+        <v>32</v>
+      </c>
+      <c r="F57" s="142" t="s">
+        <v>23</v>
+      </c>
+      <c r="G57" s="66" t="s">
+        <v>42</v>
+      </c>
+      <c r="H57" s="66" t="s">
+        <v>27</v>
+      </c>
+      <c r="I57" s="47" t="s">
+        <v>22</v>
+      </c>
+      <c r="J57" s="47" t="s">
+        <v>24</v>
+      </c>
+      <c r="K57" s="93" t="s">
+        <v>49</v>
+      </c>
+      <c r="L57" s="66" t="s">
+        <v>53</v>
+      </c>
+      <c r="M57" s="66" t="s">
+        <v>44</v>
+      </c>
+      <c r="N57" s="108" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q57" s="42"/>
+    </row>
+    <row r="58" spans="2:17" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B58" s="109"/>
+      <c r="C58" s="110"/>
+      <c r="D58" s="111">
+        <v>3</v>
+      </c>
+      <c r="E58" s="69" t="s">
+        <v>43</v>
+      </c>
+      <c r="F58" s="146" t="s">
+        <v>45</v>
+      </c>
+      <c r="G58" s="114" t="s">
+        <v>31</v>
+      </c>
+      <c r="H58" s="114" t="s">
+        <v>21</v>
+      </c>
+      <c r="I58" s="116" t="s">
+        <v>34</v>
+      </c>
+      <c r="J58" s="116" t="s">
+        <v>28</v>
+      </c>
+      <c r="K58" s="115" t="s">
+        <v>39</v>
+      </c>
+      <c r="L58" s="114" t="s">
+        <v>36</v>
+      </c>
+      <c r="M58" s="114" t="s">
+        <v>37</v>
+      </c>
+      <c r="N58" s="127" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q58" s="42"/>
+    </row>
+    <row r="59" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B59" s="85">
+        <v>8</v>
+      </c>
+      <c r="C59" s="18">
+        <v>1</v>
+      </c>
+      <c r="D59" s="78">
+        <v>2</v>
+      </c>
+      <c r="E59" s="119" t="s">
+        <v>59</v>
+      </c>
+      <c r="F59" s="81" t="s">
+        <v>33</v>
+      </c>
+      <c r="G59" s="83" t="s">
+        <v>51</v>
+      </c>
+      <c r="H59" s="83" t="s">
+        <v>45</v>
+      </c>
+      <c r="I59" s="81" t="s">
+        <v>47</v>
+      </c>
+      <c r="J59" s="81" t="s">
+        <v>35</v>
+      </c>
+      <c r="K59" s="81" t="s">
+        <v>58</v>
+      </c>
+      <c r="L59" s="81" t="s">
+        <v>29</v>
+      </c>
+      <c r="M59" s="81" t="s">
+        <v>46</v>
+      </c>
+      <c r="N59" s="150" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="60" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B60" s="85"/>
+      <c r="C60" s="61"/>
+      <c r="D60" s="62">
+        <v>3</v>
+      </c>
+      <c r="E60" s="125" t="s">
+        <v>48</v>
+      </c>
+      <c r="F60" s="53" t="s">
+        <v>41</v>
+      </c>
+      <c r="G60" s="53" t="s">
+        <v>26</v>
+      </c>
+      <c r="H60" s="86" t="s">
+        <v>52</v>
+      </c>
+      <c r="I60" s="53" t="s">
+        <v>49</v>
+      </c>
+      <c r="J60" s="53" t="s">
+        <v>43</v>
+      </c>
+      <c r="K60" s="87" t="s">
+        <v>50</v>
+      </c>
+      <c r="L60" s="53" t="s">
+        <v>53</v>
+      </c>
+      <c r="M60" s="55" t="s">
+        <v>20</v>
+      </c>
+      <c r="N60" s="55" t="s">
+        <v>38</v>
+      </c>
+      <c r="O60" s="34"/>
+    </row>
+    <row r="61" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B61" s="85"/>
+      <c r="C61" s="18">
+        <v>8</v>
+      </c>
+      <c r="D61" s="118">
+        <v>2</v>
+      </c>
+      <c r="E61" s="65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" s="46" t="s">
+        <v>36</v>
+      </c>
+      <c r="G61" s="47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61" s="142" t="s">
+        <v>28</v>
+      </c>
+      <c r="I61" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="J61" s="47" t="s">
+        <v>29</v>
+      </c>
+      <c r="K61" s="140" t="s">
+        <v>38</v>
+      </c>
+      <c r="L61" s="46" t="s">
+        <v>30</v>
+      </c>
+      <c r="M61" s="46" t="s">
+        <v>39</v>
+      </c>
+      <c r="N61" s="163" t="s">
+        <v>21</v>
+      </c>
+      <c r="Q61" s="42"/>
+    </row>
+    <row r="62" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B62" s="85"/>
+      <c r="C62" s="61"/>
+      <c r="D62" s="62">
+        <v>3</v>
+      </c>
+      <c r="E62" s="125" t="s">
+        <v>52</v>
+      </c>
+      <c r="F62" s="53" t="s">
+        <v>27</v>
+      </c>
+      <c r="G62" s="54" t="s">
+        <v>24</v>
+      </c>
+      <c r="H62" s="139" t="s">
+        <v>23</v>
+      </c>
+      <c r="I62" s="53" t="s">
+        <v>26</v>
+      </c>
+      <c r="J62" s="53" t="s">
+        <v>40</v>
+      </c>
+      <c r="K62" s="87" t="s">
+        <v>44</v>
+      </c>
+      <c r="L62" s="53" t="s">
+        <v>41</v>
+      </c>
+      <c r="M62" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="N62" s="88" t="s">
+        <v>31</v>
+      </c>
+      <c r="O62" s="34"/>
+      <c r="Q62" s="42"/>
+    </row>
+    <row r="63" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B63" s="85"/>
+      <c r="C63" s="44">
+        <v>15</v>
+      </c>
+      <c r="D63" s="118">
+        <v>2</v>
+      </c>
+      <c r="E63" s="105" t="s">
+        <v>48</v>
+      </c>
+      <c r="F63" s="66" t="s">
+        <v>45</v>
+      </c>
+      <c r="G63" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="H63" s="162" t="s">
+        <v>30</v>
+      </c>
+      <c r="I63" s="47" t="s">
+        <v>32</v>
+      </c>
+      <c r="J63" s="47" t="s">
+        <v>25</v>
+      </c>
+      <c r="K63" s="93" t="s">
+        <v>51</v>
+      </c>
+      <c r="L63" s="66" t="s">
+        <v>49</v>
+      </c>
+      <c r="M63" s="47" t="s">
+        <v>46</v>
+      </c>
+      <c r="N63" s="101" t="s">
+        <v>33</v>
+      </c>
+      <c r="Q63" s="42"/>
+    </row>
+    <row r="64" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B64" s="85"/>
+      <c r="C64" s="61"/>
+      <c r="D64" s="62">
+        <v>3</v>
+      </c>
+      <c r="E64" s="122" t="s">
+        <v>47</v>
+      </c>
+      <c r="F64" s="54" t="s">
+        <v>59</v>
+      </c>
+      <c r="G64" s="94" t="s">
+        <v>36</v>
+      </c>
+      <c r="H64" s="94" t="s">
+        <v>21</v>
+      </c>
+      <c r="I64" s="58" t="s">
+        <v>58</v>
+      </c>
+      <c r="J64" s="58" t="s">
+        <v>35</v>
+      </c>
+      <c r="K64" s="64" t="s">
+        <v>50</v>
+      </c>
+      <c r="L64" s="64" t="s">
+        <v>43</v>
+      </c>
+      <c r="M64" s="53" t="s">
+        <v>42</v>
+      </c>
+      <c r="N64" s="124" t="s">
+        <v>53</v>
+      </c>
+      <c r="O64" s="34"/>
+      <c r="Q64" s="42"/>
+    </row>
+    <row r="65" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B65" s="85"/>
+      <c r="C65" s="155">
+        <v>22</v>
+      </c>
+      <c r="D65" s="45">
+        <v>2</v>
+      </c>
+      <c r="E65" s="157" t="s">
+        <v>22</v>
+      </c>
+      <c r="F65" s="47" t="s">
+        <v>23</v>
+      </c>
+      <c r="G65" s="47" t="s">
+        <v>24</v>
+      </c>
+      <c r="H65" s="47" t="s">
+        <v>25</v>
+      </c>
+      <c r="I65" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="J65" s="47" t="s">
+        <v>35</v>
+      </c>
+      <c r="K65" s="46" t="s">
+        <v>38</v>
+      </c>
+      <c r="L65" s="46" t="s">
+        <v>31</v>
+      </c>
+      <c r="M65" s="66" t="s">
+        <v>40</v>
+      </c>
+      <c r="N65" s="108" t="s">
+        <v>41</v>
+      </c>
+      <c r="O65" s="34"/>
+    </row>
+    <row r="66" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B66" s="85"/>
+      <c r="C66" s="61"/>
+      <c r="D66" s="62">
+        <v>3</v>
+      </c>
+      <c r="E66" s="125" t="s">
+        <v>26</v>
+      </c>
+      <c r="F66" s="53" t="s">
+        <v>27</v>
+      </c>
+      <c r="G66" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="H66" s="54" t="s">
+        <v>29</v>
+      </c>
+      <c r="I66" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="J66" s="53" t="s">
+        <v>53</v>
+      </c>
+      <c r="K66" s="55" t="s">
+        <v>39</v>
+      </c>
+      <c r="L66" s="55" t="s">
+        <v>37</v>
+      </c>
+      <c r="M66" s="54" t="s">
+        <v>32</v>
+      </c>
+      <c r="N66" s="98" t="s">
+        <v>33</v>
+      </c>
+      <c r="O66" s="34"/>
+      <c r="Q66" s="42"/>
+    </row>
+    <row r="67" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B67" s="85"/>
+      <c r="C67" s="18">
+        <v>29</v>
+      </c>
+      <c r="D67" s="118">
+        <v>2</v>
+      </c>
+      <c r="E67" s="157" t="s">
+        <v>58</v>
+      </c>
+      <c r="F67" s="47" t="s">
+        <v>59</v>
+      </c>
+      <c r="G67" s="66" t="s">
+        <v>44</v>
+      </c>
+      <c r="H67" s="66" t="s">
+        <v>45</v>
+      </c>
+      <c r="I67" s="66" t="s">
+        <v>50</v>
+      </c>
+      <c r="J67" s="66" t="s">
+        <v>51</v>
+      </c>
+      <c r="K67" s="164"/>
+      <c r="L67" s="164"/>
+      <c r="M67" s="47" t="s">
+        <v>46</v>
+      </c>
+      <c r="N67" s="101" t="s">
+        <v>47</v>
+      </c>
+      <c r="O67" s="34"/>
+      <c r="Q67" s="42"/>
+    </row>
+    <row r="68" spans="2:17" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B68" s="109"/>
+      <c r="C68" s="110"/>
+      <c r="D68" s="111">
+        <v>3</v>
+      </c>
+      <c r="E68" s="165"/>
+      <c r="F68" s="166"/>
+      <c r="G68" s="70" t="s">
+        <v>48</v>
+      </c>
+      <c r="H68" s="70" t="s">
+        <v>49</v>
+      </c>
+      <c r="I68" s="70" t="s">
+        <v>42</v>
+      </c>
+      <c r="J68" s="70" t="s">
+        <v>43</v>
+      </c>
+      <c r="K68" s="167"/>
+      <c r="L68" s="168"/>
+      <c r="M68" s="167"/>
+      <c r="N68" s="169"/>
+      <c r="O68" s="34"/>
+      <c r="P68" s="42"/>
+      <c r="Q68" s="42"/>
+    </row>
+    <row r="69" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B69" s="26" t="s">
+        <v>13</v>
+      </c>
+      <c r="C69" s="170" t="s">
+        <v>14</v>
+      </c>
+      <c r="D69" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" s="29" t="s">
+        <v>16</v>
+      </c>
+      <c r="F69" s="30"/>
+      <c r="G69" s="30"/>
+      <c r="H69" s="30"/>
+      <c r="I69" s="30"/>
+      <c r="J69" s="30"/>
+      <c r="K69" s="30"/>
+      <c r="L69" s="31"/>
+      <c r="M69" s="171"/>
+      <c r="N69" s="172"/>
+      <c r="O69" s="50"/>
+      <c r="P69" s="42"/>
+      <c r="Q69" s="42"/>
+    </row>
+    <row r="70" spans="2:17" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B70" s="35"/>
+      <c r="C70" s="173"/>
+      <c r="D70" s="37"/>
+      <c r="E70" s="174" t="s">
+        <v>69</v>
+      </c>
+      <c r="F70" s="41"/>
+      <c r="G70" s="175" t="s">
+        <v>70</v>
+      </c>
+      <c r="H70" s="176"/>
+      <c r="I70" s="175" t="s">
+        <v>71</v>
+      </c>
+      <c r="J70" s="176"/>
+      <c r="K70" s="177" t="s">
+        <v>72</v>
+      </c>
+      <c r="L70" s="178"/>
+      <c r="M70" s="179"/>
+      <c r="N70" s="180"/>
+      <c r="O70" s="50"/>
+    </row>
+    <row r="71" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B71" s="77">
+        <v>9</v>
+      </c>
+      <c r="C71" s="159">
+        <v>5</v>
+      </c>
+      <c r="D71" s="78">
+        <v>2</v>
+      </c>
+      <c r="E71" s="181"/>
+      <c r="F71" s="182"/>
+      <c r="G71" s="13"/>
+      <c r="H71" s="14"/>
+      <c r="I71" s="13"/>
+      <c r="J71" s="14"/>
+      <c r="K71" s="13"/>
+      <c r="L71" s="183"/>
+      <c r="M71" s="184"/>
+    </row>
+    <row r="72" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B72" s="85"/>
+      <c r="C72" s="18"/>
+      <c r="D72" s="96">
+        <v>3</v>
+      </c>
+      <c r="E72" s="185"/>
+      <c r="F72" s="186"/>
+      <c r="G72" s="187"/>
+      <c r="H72" s="188"/>
+      <c r="I72" s="189"/>
+      <c r="J72" s="188"/>
+      <c r="K72" s="189"/>
+      <c r="L72" s="190"/>
+      <c r="M72" s="184"/>
+      <c r="N72" s="123"/>
+      <c r="O72" s="50"/>
+    </row>
+    <row r="73" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B73" s="85"/>
+      <c r="C73" s="44">
+        <v>12</v>
+      </c>
+      <c r="D73" s="45">
+        <v>2</v>
+      </c>
+      <c r="E73" s="89"/>
+      <c r="F73" s="92"/>
+      <c r="G73" s="91"/>
+      <c r="H73" s="92"/>
+      <c r="I73" s="191"/>
+      <c r="J73" s="192"/>
+      <c r="K73" s="191"/>
+      <c r="L73" s="193"/>
+      <c r="M73" s="194"/>
+      <c r="N73" s="195"/>
+      <c r="O73" s="50"/>
+    </row>
+    <row r="74" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B74" s="85"/>
+      <c r="C74" s="18"/>
+      <c r="D74" s="96">
+        <v>3</v>
+      </c>
+      <c r="E74" s="196"/>
+      <c r="F74" s="197"/>
+      <c r="G74" s="198"/>
+      <c r="H74" s="197"/>
+      <c r="I74" s="198"/>
+      <c r="J74" s="197"/>
+      <c r="K74" s="198"/>
+      <c r="L74" s="199"/>
+      <c r="M74" s="200"/>
+    </row>
+    <row r="75" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B75" s="85"/>
+      <c r="C75" s="61"/>
+      <c r="D75" s="62" t="s">
+        <v>73</v>
+      </c>
+      <c r="E75" s="201"/>
+      <c r="F75" s="202"/>
+      <c r="G75" s="203"/>
+      <c r="H75" s="202"/>
+      <c r="I75" s="203"/>
+      <c r="J75" s="202"/>
+      <c r="K75" s="204"/>
+      <c r="L75" s="205"/>
+      <c r="M75" s="200"/>
+      <c r="O75" s="50"/>
+    </row>
+    <row r="76" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B76" s="85"/>
+      <c r="C76" s="155">
+        <v>19</v>
+      </c>
+      <c r="D76" s="45">
+        <v>2</v>
+      </c>
+      <c r="E76" s="206"/>
+      <c r="F76" s="207"/>
+      <c r="G76" s="208"/>
+      <c r="H76" s="209"/>
+      <c r="I76" s="208"/>
+      <c r="J76" s="209"/>
+      <c r="K76" s="208"/>
+      <c r="L76" s="210"/>
+      <c r="M76" s="194"/>
+      <c r="N76" s="195"/>
+      <c r="O76" s="50"/>
+    </row>
+    <row r="77" spans="2:17" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B77" s="109"/>
+      <c r="C77" s="110"/>
+      <c r="D77" s="111">
+        <v>3</v>
+      </c>
+      <c r="E77" s="211"/>
+      <c r="F77" s="212"/>
+      <c r="G77" s="213"/>
+      <c r="H77" s="214"/>
+      <c r="I77" s="215"/>
+      <c r="J77" s="214"/>
+      <c r="K77" s="215"/>
+      <c r="L77" s="216"/>
+      <c r="M77" s="200"/>
+      <c r="O77" s="50"/>
+    </row>
+    <row r="78" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B78" s="85">
+        <v>10</v>
+      </c>
+      <c r="C78" s="18">
+        <v>3</v>
+      </c>
+      <c r="D78" s="118">
+        <v>2</v>
+      </c>
+      <c r="E78" s="217"/>
+      <c r="F78" s="218"/>
+      <c r="G78" s="219"/>
+      <c r="H78" s="220"/>
+      <c r="I78" s="221"/>
+      <c r="J78" s="220"/>
+      <c r="K78" s="221"/>
+      <c r="L78" s="220"/>
+      <c r="M78" s="222"/>
+      <c r="N78" s="223"/>
+      <c r="O78" s="3"/>
+    </row>
+    <row r="79" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B79" s="85"/>
+      <c r="C79" s="61"/>
+      <c r="D79" s="62">
+        <v>3</v>
+      </c>
+      <c r="E79" s="224"/>
+      <c r="F79" s="225"/>
+      <c r="G79" s="226"/>
+      <c r="H79" s="227"/>
+      <c r="I79" s="228"/>
+      <c r="J79" s="227"/>
+      <c r="K79" s="228"/>
+      <c r="L79" s="227"/>
+      <c r="M79" s="194"/>
+      <c r="N79" s="195"/>
+      <c r="O79" s="3"/>
+    </row>
+    <row r="80" spans="2:17" x14ac:dyDescent="0.3">
+      <c r="B80" s="85"/>
+      <c r="C80" s="44">
+        <v>10</v>
+      </c>
+      <c r="D80" s="45">
+        <v>2</v>
+      </c>
+      <c r="E80" s="89"/>
+      <c r="F80" s="92"/>
+      <c r="G80" s="91"/>
+      <c r="H80" s="92"/>
+      <c r="I80" s="191"/>
+      <c r="J80" s="192"/>
+      <c r="K80" s="191"/>
+      <c r="L80" s="193"/>
+      <c r="M80" s="200"/>
+      <c r="O80" s="3"/>
+    </row>
+    <row r="81" spans="2:15" x14ac:dyDescent="0.3">
+      <c r="B81" s="85"/>
+      <c r="C81" s="18"/>
+      <c r="D81" s="96">
+        <v>3</v>
+      </c>
+      <c r="E81" s="196"/>
+      <c r="F81" s="197"/>
+      <c r="G81" s="198"/>
+      <c r="H81" s="197"/>
+      <c r="I81" s="198"/>
+      <c r="J81" s="197"/>
+      <c r="K81" s="198"/>
+      <c r="L81" s="199"/>
+      <c r="M81" s="200"/>
+      <c r="O81" s="3"/>
+    </row>
+    <row r="82" spans="2:15" x14ac:dyDescent="0.3">
+      <c r="B82" s="85"/>
+      <c r="C82" s="61"/>
+      <c r="D82" s="62" t="s">
+        <v>73</v>
+      </c>
+      <c r="E82" s="201"/>
+      <c r="F82" s="202"/>
+      <c r="G82" s="203"/>
+      <c r="H82" s="202"/>
+      <c r="I82" s="203"/>
+      <c r="J82" s="202"/>
+      <c r="K82" s="204"/>
+      <c r="L82" s="205"/>
+      <c r="M82" s="200"/>
+      <c r="O82" s="3"/>
+    </row>
+    <row r="83" spans="2:15" x14ac:dyDescent="0.3">
+      <c r="B83" s="85"/>
+      <c r="C83" s="44">
         <v>17</v>
       </c>
-      <c r="D4" s="22">
+      <c r="D83" s="45">
         <v>2</v>
       </c>
-      <c r="E4" s="23"/>
-[...7 lines deleted...]
-      <c r="I4" s="27" t="s">
+      <c r="E83" s="229"/>
+      <c r="F83" s="192"/>
+      <c r="G83" s="191"/>
+      <c r="H83" s="192"/>
+      <c r="I83" s="191"/>
+      <c r="J83" s="192"/>
+      <c r="K83" s="191"/>
+      <c r="L83" s="193"/>
+      <c r="M83" s="200"/>
+      <c r="O83" s="3"/>
+    </row>
+    <row r="84" spans="2:15" x14ac:dyDescent="0.3">
+      <c r="B84" s="85"/>
+      <c r="C84" s="18"/>
+      <c r="D84" s="96">
+        <v>3</v>
+      </c>
+      <c r="E84" s="196"/>
+      <c r="F84" s="197"/>
+      <c r="G84" s="198"/>
+      <c r="H84" s="197"/>
+      <c r="I84" s="198"/>
+      <c r="J84" s="197"/>
+      <c r="K84" s="198"/>
+      <c r="L84" s="199"/>
+      <c r="M84" s="200"/>
+      <c r="O84" s="3"/>
+    </row>
+    <row r="85" spans="2:15" x14ac:dyDescent="0.3">
+      <c r="B85" s="85"/>
+      <c r="C85" s="61"/>
+      <c r="D85" s="62" t="s">
+        <v>73</v>
+      </c>
+      <c r="E85" s="201"/>
+      <c r="F85" s="202"/>
+      <c r="G85" s="203"/>
+      <c r="H85" s="202"/>
+      <c r="I85" s="203"/>
+      <c r="J85" s="202"/>
+      <c r="K85" s="204"/>
+      <c r="L85" s="205"/>
+      <c r="M85" s="200"/>
+      <c r="O85" s="3"/>
+    </row>
+    <row r="86" spans="2:15" x14ac:dyDescent="0.3">
+      <c r="B86" s="85"/>
+      <c r="C86" s="44">
+        <v>24</v>
+      </c>
+      <c r="D86" s="45">
+        <v>2</v>
+      </c>
+      <c r="E86" s="229"/>
+      <c r="F86" s="192"/>
+      <c r="G86" s="191"/>
+      <c r="H86" s="192"/>
+      <c r="I86" s="91"/>
+      <c r="J86" s="92"/>
+      <c r="K86" s="91"/>
+      <c r="L86" s="230"/>
+      <c r="M86" s="200"/>
+      <c r="O86" s="3"/>
+    </row>
+    <row r="87" spans="2:15" x14ac:dyDescent="0.3">
+      <c r="B87" s="85"/>
+      <c r="C87" s="18"/>
+      <c r="D87" s="96">
+        <v>3</v>
+      </c>
+      <c r="E87" s="196"/>
+      <c r="F87" s="197"/>
+      <c r="G87" s="198"/>
+      <c r="H87" s="197"/>
+      <c r="I87" s="198"/>
+      <c r="J87" s="197"/>
+      <c r="K87" s="198"/>
+      <c r="L87" s="199"/>
+      <c r="M87" s="200"/>
+      <c r="O87" s="3"/>
+    </row>
+    <row r="88" spans="2:15" x14ac:dyDescent="0.3">
+      <c r="B88" s="85"/>
+      <c r="C88" s="61"/>
+      <c r="D88" s="62" t="s">
+        <v>73</v>
+      </c>
+      <c r="E88" s="201"/>
+      <c r="F88" s="202"/>
+      <c r="G88" s="203"/>
+      <c r="H88" s="202"/>
+      <c r="I88" s="203"/>
+      <c r="J88" s="202"/>
+      <c r="K88" s="204"/>
+      <c r="L88" s="205"/>
+      <c r="M88" s="200"/>
+      <c r="O88" s="3"/>
+    </row>
+    <row r="89" spans="2:15" x14ac:dyDescent="0.3">
+      <c r="B89" s="85"/>
+      <c r="C89" s="44">
+        <v>31</v>
+      </c>
+      <c r="D89" s="45">
+        <v>2</v>
+      </c>
+      <c r="E89" s="206"/>
+      <c r="F89" s="207"/>
+      <c r="G89" s="208"/>
+      <c r="H89" s="209"/>
+      <c r="I89" s="208"/>
+      <c r="J89" s="209"/>
+      <c r="K89" s="208"/>
+      <c r="L89" s="209"/>
+      <c r="M89" s="200"/>
+      <c r="O89" s="3"/>
+    </row>
+    <row r="90" spans="2:15" x14ac:dyDescent="0.3">
+      <c r="B90" s="85"/>
+      <c r="C90" s="18"/>
+      <c r="D90" s="96">
+        <v>3</v>
+      </c>
+      <c r="E90" s="185"/>
+      <c r="F90" s="186"/>
+      <c r="G90" s="187"/>
+      <c r="H90" s="188"/>
+      <c r="I90" s="189"/>
+      <c r="J90" s="188"/>
+      <c r="K90" s="189"/>
+      <c r="L90" s="188"/>
+      <c r="M90" s="200"/>
+      <c r="O90" s="3"/>
+    </row>
+    <row r="91" spans="2:15" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B91" s="85"/>
+      <c r="C91" s="61"/>
+      <c r="D91" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="E91" s="231"/>
+      <c r="F91" s="232"/>
+      <c r="G91" s="233"/>
+      <c r="H91" s="234"/>
+      <c r="I91" s="235"/>
+      <c r="J91" s="234"/>
+      <c r="K91" s="235"/>
+      <c r="L91" s="234"/>
+      <c r="M91" s="200"/>
+      <c r="O91" s="3"/>
+    </row>
+    <row r="92" spans="2:15" x14ac:dyDescent="0.3">
+      <c r="B92" s="236">
         <v>11</v>
       </c>
-      <c r="J4" s="28" t="s">
-[...11 lines deleted...]
-      <c r="D5" s="34">
+      <c r="C92" s="237">
+        <v>7</v>
+      </c>
+      <c r="D92" s="6">
+        <v>2</v>
+      </c>
+      <c r="E92" s="238"/>
+      <c r="F92" s="239"/>
+      <c r="G92" s="240"/>
+      <c r="H92" s="241"/>
+      <c r="I92" s="240"/>
+      <c r="J92" s="241"/>
+      <c r="K92" s="240"/>
+      <c r="L92" s="242"/>
+      <c r="M92" s="243"/>
+      <c r="N92" s="243"/>
+    </row>
+    <row r="93" spans="2:15" x14ac:dyDescent="0.3">
+      <c r="B93" s="244"/>
+      <c r="C93" s="245"/>
+      <c r="D93" s="246">
         <v>3</v>
       </c>
-      <c r="E5" s="35"/>
-[...4 lines deleted...]
-      <c r="H5" s="38" t="s">
+      <c r="E93" s="247"/>
+      <c r="F93" s="248"/>
+      <c r="G93" s="249"/>
+      <c r="H93" s="250"/>
+      <c r="I93" s="251"/>
+      <c r="J93" s="250"/>
+      <c r="K93" s="251"/>
+      <c r="L93" s="252"/>
+      <c r="M93" s="180"/>
+      <c r="N93" s="180"/>
+    </row>
+    <row r="94" spans="2:15" x14ac:dyDescent="0.3">
+      <c r="B94" s="244"/>
+      <c r="C94" s="253">
         <v>14</v>
       </c>
-      <c r="I5" s="37" t="s">
+      <c r="D94" s="45">
+        <v>2</v>
+      </c>
+      <c r="E94" s="254"/>
+      <c r="F94" s="255"/>
+      <c r="G94" s="256"/>
+      <c r="H94" s="257"/>
+      <c r="I94" s="258"/>
+      <c r="J94" s="259"/>
+      <c r="K94" s="258"/>
+      <c r="L94" s="260"/>
+      <c r="M94" s="24"/>
+      <c r="N94" s="24"/>
+    </row>
+    <row r="95" spans="2:15" x14ac:dyDescent="0.3">
+      <c r="B95" s="244"/>
+      <c r="C95" s="245"/>
+      <c r="D95" s="96">
+        <v>3</v>
+      </c>
+      <c r="E95" s="185"/>
+      <c r="F95" s="186"/>
+      <c r="G95" s="187"/>
+      <c r="H95" s="188"/>
+      <c r="I95" s="189"/>
+      <c r="J95" s="188"/>
+      <c r="K95" s="189"/>
+      <c r="L95" s="190"/>
+      <c r="M95" s="50"/>
+      <c r="N95" s="50"/>
+    </row>
+    <row r="96" spans="2:15" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B96" s="244"/>
+      <c r="C96" s="261"/>
+      <c r="D96" s="111" t="s">
+        <v>74</v>
+      </c>
+      <c r="E96" s="211"/>
+      <c r="F96" s="212"/>
+      <c r="G96" s="213"/>
+      <c r="H96" s="214"/>
+      <c r="I96" s="215"/>
+      <c r="J96" s="214"/>
+      <c r="K96" s="215"/>
+      <c r="L96" s="216"/>
+      <c r="M96" s="24"/>
+      <c r="N96" s="24"/>
+    </row>
+    <row r="97" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="B97" s="244"/>
+      <c r="C97" s="170" t="s">
+        <v>14</v>
+      </c>
+      <c r="D97" s="262" t="s">
         <v>15</v>
       </c>
-      <c r="J5" s="38" t="s">
+      <c r="E97" s="263" t="s">
         <v>16</v>
       </c>
-      <c r="K5" s="39"/>
-[...10 lines deleted...]
-      <c r="D6" s="22">
+      <c r="F97" s="264"/>
+      <c r="G97" s="264"/>
+      <c r="H97" s="264"/>
+      <c r="I97" s="264"/>
+      <c r="J97" s="264"/>
+      <c r="K97" s="264"/>
+      <c r="L97" s="265"/>
+      <c r="M97" s="24"/>
+      <c r="N97" s="24"/>
+    </row>
+    <row r="98" spans="1:15" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B98" s="244"/>
+      <c r="C98" s="173"/>
+      <c r="D98" s="266"/>
+      <c r="E98" s="174" t="s">
+        <v>75</v>
+      </c>
+      <c r="F98" s="41"/>
+      <c r="G98" s="175" t="s">
+        <v>76</v>
+      </c>
+      <c r="H98" s="176"/>
+      <c r="I98" s="175" t="s">
+        <v>77</v>
+      </c>
+      <c r="J98" s="176"/>
+      <c r="K98" s="175" t="s">
+        <v>78</v>
+      </c>
+      <c r="L98" s="178"/>
+      <c r="M98" s="24"/>
+      <c r="N98" s="24"/>
+    </row>
+    <row r="99" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="B99" s="244"/>
+      <c r="C99" s="237">
+        <v>21</v>
+      </c>
+      <c r="D99" s="267">
         <v>2</v>
       </c>
-      <c r="E6" s="41"/>
-[...22 lines deleted...]
-      <c r="D7" s="48">
+      <c r="E99" s="238"/>
+      <c r="F99" s="239"/>
+      <c r="G99" s="240"/>
+      <c r="H99" s="241"/>
+      <c r="I99" s="240"/>
+      <c r="J99" s="239"/>
+      <c r="K99" s="268"/>
+      <c r="L99" s="269"/>
+      <c r="M99" s="24"/>
+      <c r="N99" s="24"/>
+    </row>
+    <row r="100" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="B100" s="244"/>
+      <c r="C100" s="245"/>
+      <c r="D100" s="270">
         <v>3</v>
       </c>
-      <c r="E7" s="49"/>
-[...60 lines deleted...]
-      <c r="K9" s="61" t="s">
+      <c r="E100" s="247"/>
+      <c r="F100" s="248"/>
+      <c r="G100" s="249"/>
+      <c r="H100" s="250"/>
+      <c r="I100" s="251"/>
+      <c r="J100" s="248"/>
+      <c r="K100" s="271"/>
+      <c r="L100" s="272"/>
+      <c r="M100" s="24"/>
+      <c r="N100" s="24"/>
+    </row>
+    <row r="101" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="B101" s="244"/>
+      <c r="C101" s="273">
         <v>28</v>
       </c>
-      <c r="L9" s="60"/>
-[...3008 lines deleted...]
-      <c r="D101" s="22">
+      <c r="D101" s="45">
         <v>2</v>
       </c>
       <c r="E101" s="206"/>
       <c r="F101" s="207"/>
-      <c r="G101" s="200"/>
-[...11 lines deleted...]
-      <c r="D102" s="80">
+      <c r="G101" s="208"/>
+      <c r="H101" s="209"/>
+      <c r="I101" s="274"/>
+      <c r="J101" s="255"/>
+      <c r="K101" s="271"/>
+      <c r="L101" s="272"/>
+      <c r="M101" s="24"/>
+      <c r="N101" s="24"/>
+    </row>
+    <row r="102" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="B102" s="244"/>
+      <c r="C102" s="275"/>
+      <c r="D102" s="96">
         <v>3</v>
       </c>
-      <c r="E102" s="212"/>
-[...32 lines deleted...]
-      <c r="D104" s="98">
+      <c r="E102" s="276"/>
+      <c r="F102" s="277"/>
+      <c r="G102" s="278"/>
+      <c r="H102" s="279"/>
+      <c r="I102" s="280"/>
+      <c r="J102" s="277"/>
+      <c r="K102" s="271"/>
+      <c r="L102" s="272"/>
+      <c r="M102" s="24"/>
+      <c r="N102" s="24"/>
+    </row>
+    <row r="103" spans="1:15" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B103" s="281"/>
+      <c r="C103" s="282"/>
+      <c r="D103" s="62" t="s">
+        <v>74</v>
+      </c>
+      <c r="E103" s="185"/>
+      <c r="F103" s="186"/>
+      <c r="G103" s="187"/>
+      <c r="H103" s="188"/>
+      <c r="I103" s="189"/>
+      <c r="J103" s="186"/>
+      <c r="K103" s="271"/>
+      <c r="L103" s="272"/>
+      <c r="M103" s="24"/>
+      <c r="N103" s="24"/>
+    </row>
+    <row r="104" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="B104" s="85">
+        <v>12</v>
+      </c>
+      <c r="C104" s="18">
         <v>2</v>
       </c>
-      <c r="E104" s="250"/>
-[...13 lines deleted...]
-      <c r="D105" s="91">
+      <c r="D104" s="283">
+        <v>2</v>
+      </c>
+      <c r="E104" s="238"/>
+      <c r="F104" s="239"/>
+      <c r="G104" s="240"/>
+      <c r="H104" s="241"/>
+      <c r="I104" s="240"/>
+      <c r="J104" s="239"/>
+      <c r="K104" s="271"/>
+      <c r="L104" s="272"/>
+    </row>
+    <row r="105" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="B105" s="85"/>
+      <c r="C105" s="61"/>
+      <c r="D105" s="19">
         <v>3</v>
       </c>
-      <c r="E105" s="253"/>
-[...15 lines deleted...]
-      <c r="C106" s="47">
+      <c r="E105" s="247"/>
+      <c r="F105" s="248"/>
+      <c r="G105" s="249"/>
+      <c r="H105" s="250"/>
+      <c r="I105" s="251"/>
+      <c r="J105" s="248"/>
+      <c r="K105" s="271"/>
+      <c r="L105" s="272"/>
+    </row>
+    <row r="106" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="B106" s="85"/>
+      <c r="C106" s="44">
+        <v>9</v>
+      </c>
+      <c r="D106" s="267">
         <v>2</v>
       </c>
-      <c r="D106" s="302">
+      <c r="E106" s="206"/>
+      <c r="F106" s="207"/>
+      <c r="G106" s="208"/>
+      <c r="H106" s="209"/>
+      <c r="I106" s="284"/>
+      <c r="J106" s="207"/>
+      <c r="K106" s="271"/>
+      <c r="L106" s="272"/>
+    </row>
+    <row r="107" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="B107" s="85"/>
+      <c r="C107" s="61"/>
+      <c r="D107" s="19">
+        <v>3</v>
+      </c>
+      <c r="E107" s="276"/>
+      <c r="F107" s="277"/>
+      <c r="G107" s="278"/>
+      <c r="H107" s="279"/>
+      <c r="I107" s="280"/>
+      <c r="J107" s="277"/>
+      <c r="K107" s="271"/>
+      <c r="L107" s="272"/>
+    </row>
+    <row r="108" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="B108" s="85"/>
+      <c r="C108" s="44">
+        <v>16</v>
+      </c>
+      <c r="D108" s="267">
         <v>2</v>
       </c>
-      <c r="E106" s="261"/>
-[...12 lines deleted...]
-      <c r="D107" s="303">
+      <c r="E108" s="285"/>
+      <c r="F108" s="259"/>
+      <c r="G108" s="258"/>
+      <c r="H108" s="286"/>
+      <c r="I108" s="287"/>
+      <c r="J108" s="259"/>
+      <c r="K108" s="271"/>
+      <c r="L108" s="272"/>
+    </row>
+    <row r="109" spans="1:15" s="3" customFormat="1" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A109" s="1"/>
+      <c r="B109" s="109"/>
+      <c r="C109" s="110"/>
+      <c r="D109" s="288">
         <v>3</v>
       </c>
-      <c r="E107" s="270"/>
-[...70 lines deleted...]
-      <c r="L111" s="313"/>
+      <c r="E109" s="289"/>
+      <c r="F109" s="290"/>
+      <c r="G109" s="291"/>
+      <c r="H109" s="292"/>
+      <c r="I109" s="291"/>
+      <c r="J109" s="290"/>
+      <c r="K109" s="293"/>
+      <c r="L109" s="294"/>
+      <c r="O109" s="1"/>
+    </row>
+    <row r="110" spans="1:15" s="3" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="1"/>
+      <c r="O110" s="1"/>
     </row>
   </sheetData>
-  <mergeCells count="135">
-    <mergeCell ref="B106:B111"/>
+  <mergeCells count="124">
+    <mergeCell ref="B104:B109"/>
+    <mergeCell ref="C104:C105"/>
     <mergeCell ref="C106:C107"/>
     <mergeCell ref="C108:C109"/>
-    <mergeCell ref="C110:C111"/>
-[...3 lines deleted...]
-    <mergeCell ref="G111:H111"/>
+    <mergeCell ref="E108:F108"/>
+    <mergeCell ref="G108:H108"/>
+    <mergeCell ref="E109:F109"/>
+    <mergeCell ref="G109:H109"/>
+    <mergeCell ref="M98:N99"/>
     <mergeCell ref="C99:C100"/>
-    <mergeCell ref="K99:L111"/>
+    <mergeCell ref="K99:L109"/>
     <mergeCell ref="M100:N100"/>
     <mergeCell ref="C101:C103"/>
     <mergeCell ref="M101:N103"/>
-    <mergeCell ref="C104:C105"/>
-[...4 lines deleted...]
-    <mergeCell ref="C97:C98"/>
+    <mergeCell ref="I108:J108"/>
+    <mergeCell ref="I109:J109"/>
     <mergeCell ref="D97:D98"/>
     <mergeCell ref="E97:L97"/>
     <mergeCell ref="E98:F98"/>
     <mergeCell ref="G98:H98"/>
     <mergeCell ref="I98:J98"/>
     <mergeCell ref="K98:L98"/>
-    <mergeCell ref="M98:N99"/>
-[...4 lines deleted...]
-    <mergeCell ref="B92:B105"/>
+    <mergeCell ref="C89:C91"/>
+    <mergeCell ref="B92:B103"/>
     <mergeCell ref="C92:C93"/>
     <mergeCell ref="M93:N93"/>
     <mergeCell ref="C94:C96"/>
     <mergeCell ref="I94:J94"/>
     <mergeCell ref="K94:L94"/>
-    <mergeCell ref="B82:B91"/>
-[...1 lines deleted...]
-    <mergeCell ref="I82:J82"/>
+    <mergeCell ref="M94:N94"/>
+    <mergeCell ref="M96:N97"/>
+    <mergeCell ref="C97:C98"/>
+    <mergeCell ref="B78:B91"/>
+    <mergeCell ref="C78:C79"/>
+    <mergeCell ref="M78:N78"/>
+    <mergeCell ref="M79:N79"/>
+    <mergeCell ref="C80:C82"/>
     <mergeCell ref="K82:L82"/>
-    <mergeCell ref="M82:N82"/>
-[...4 lines deleted...]
-    <mergeCell ref="M86:N86"/>
+    <mergeCell ref="C83:C85"/>
+    <mergeCell ref="K85:L85"/>
+    <mergeCell ref="C86:C88"/>
+    <mergeCell ref="K88:L88"/>
+    <mergeCell ref="M70:N70"/>
+    <mergeCell ref="B71:B77"/>
+    <mergeCell ref="C71:C72"/>
+    <mergeCell ref="C73:C75"/>
     <mergeCell ref="M73:N73"/>
-    <mergeCell ref="B74:B81"/>
-[...14 lines deleted...]
-    <mergeCell ref="B61:B71"/>
+    <mergeCell ref="K75:L75"/>
+    <mergeCell ref="C76:C77"/>
+    <mergeCell ref="M76:N76"/>
+    <mergeCell ref="B69:B70"/>
+    <mergeCell ref="C69:C70"/>
+    <mergeCell ref="D69:D70"/>
+    <mergeCell ref="E69:L69"/>
+    <mergeCell ref="E70:F70"/>
+    <mergeCell ref="G70:H70"/>
+    <mergeCell ref="I70:J70"/>
+    <mergeCell ref="K70:L70"/>
+    <mergeCell ref="B59:B68"/>
+    <mergeCell ref="C59:C60"/>
     <mergeCell ref="C61:C62"/>
-    <mergeCell ref="C63:C65"/>
-[...7 lines deleted...]
-    <mergeCell ref="K56:N56"/>
+    <mergeCell ref="C63:C64"/>
+    <mergeCell ref="C65:C66"/>
+    <mergeCell ref="C67:C68"/>
+    <mergeCell ref="B45:B50"/>
+    <mergeCell ref="C45:C46"/>
+    <mergeCell ref="C47:C48"/>
+    <mergeCell ref="C49:C50"/>
+    <mergeCell ref="B51:B58"/>
+    <mergeCell ref="C51:C52"/>
+    <mergeCell ref="C53:C54"/>
+    <mergeCell ref="C55:C56"/>
     <mergeCell ref="C57:C58"/>
-    <mergeCell ref="C59:C60"/>
-[...10 lines deleted...]
-    <mergeCell ref="K36:N36"/>
+    <mergeCell ref="C33:C34"/>
+    <mergeCell ref="C35:C36"/>
     <mergeCell ref="C37:C38"/>
     <mergeCell ref="C39:C40"/>
-    <mergeCell ref="B30:B31"/>
-[...11 lines deleted...]
-    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="C41:C42"/>
+    <mergeCell ref="C43:C44"/>
+    <mergeCell ref="B31:B32"/>
+    <mergeCell ref="C31:C32"/>
+    <mergeCell ref="D31:D32"/>
+    <mergeCell ref="E31:N31"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="G32:H32"/>
+    <mergeCell ref="I32:J32"/>
+    <mergeCell ref="K32:L32"/>
+    <mergeCell ref="M32:N32"/>
+    <mergeCell ref="B15:B22"/>
+    <mergeCell ref="C15:C16"/>
+    <mergeCell ref="C17:C18"/>
+    <mergeCell ref="C19:C20"/>
+    <mergeCell ref="C21:C22"/>
+    <mergeCell ref="B23:B30"/>
+    <mergeCell ref="C23:C24"/>
     <mergeCell ref="C25:C26"/>
-    <mergeCell ref="M25:N25"/>
-[...16 lines deleted...]
-    <mergeCell ref="I9:J9"/>
+    <mergeCell ref="C27:C28"/>
+    <mergeCell ref="C29:C30"/>
+    <mergeCell ref="B13:B14"/>
+    <mergeCell ref="C13:C14"/>
+    <mergeCell ref="D13:D14"/>
+    <mergeCell ref="E13:L13"/>
+    <mergeCell ref="E14:F14"/>
+    <mergeCell ref="G14:H14"/>
+    <mergeCell ref="I14:J14"/>
+    <mergeCell ref="K14:L14"/>
+    <mergeCell ref="K6:L6"/>
+    <mergeCell ref="B7:B12"/>
+    <mergeCell ref="C7:C8"/>
+    <mergeCell ref="K7:L7"/>
+    <mergeCell ref="C9:C10"/>
     <mergeCell ref="K9:L9"/>
-    <mergeCell ref="B4:B7"/>
-[...12 lines deleted...]
-    <mergeCell ref="K3:L3"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="K11:L11"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="C3:C4"/>
+    <mergeCell ref="M3:N4"/>
+    <mergeCell ref="B5:B6"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="D5:D6"/>
+    <mergeCell ref="E5:L5"/>
+    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="G6:H6"/>
+    <mergeCell ref="I6:J6"/>
   </mergeCells>
-  <phoneticPr fontId="2" type="noConversion"/>
+  <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.27" right="0.23622047244094491" top="0.35433070866141736" bottom="0.39370078740157483" header="0.23622047244094491" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="75" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>워크시트</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>이름 지정된 범위</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>토요 일정표(최종)</vt:lpstr>
-      <vt:lpstr>'토요 일정표(최종)'!Print_Area</vt:lpstr>
+      <vt:lpstr>토요 원본</vt:lpstr>
+      <vt:lpstr>'토요 원본'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>jhson514@gmail.com</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>